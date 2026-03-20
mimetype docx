--- v0 (2025-10-03)
+++ v1 (2026-03-20)
@@ -104,51 +104,51 @@
                 <w:szCs w:val="24"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">開會日期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3100" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022-06-01 10:52:00</w:t>
+              <w:t xml:space="preserve">2022-06-01 10:51:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">會議地點</w:t>
             </w:r>
@@ -198,50 +198,139 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3100" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">伍玉成</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc2"/>
+      <w:r>
+        <w:t>壹、教導處（教導主任）報告</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="125"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.今日上午9:00~12:00於圖書室進行網頁建置研習，請同仁們準時前往參與。
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="125"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.中午午餐記得要去群組訂餐，不然你會很餓。</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">S__30900263.jpg : https://xc.hlc.edu.tw/~yfps_www/modules/tad_meeting/index.php?op=tufdl&amp;fn=S__30900263.jpg&amp;files_sn=1</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>貳、總務處（總務主任）報告</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="125"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">請同仁們回收不要亂丟，保持辦公室乾淨，不然會被環保股長唸</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -273,51 +362,354 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="FA83588A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="3279B11F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>